--- v0 (2025-10-31)
+++ v1 (2025-12-17)
@@ -4,173 +4,172 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9630" w:type="dxa"/>
+        <w:tblW w:w="10197" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4111"/>
+        <w:gridCol w:w="4678"/>
         <w:gridCol w:w="5519"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E25DC6" w:rsidRPr="0054773B" w14:paraId="2CD94C17" w14:textId="77777777" w:rsidTr="003479B9">
+      <w:tr w:rsidR="00ED7FFC" w:rsidRPr="0054773B" w14:paraId="2CD94C17" w14:textId="77777777" w:rsidTr="00ED7FFC">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="268538A0" w14:textId="77777777" w:rsidR="00E25DC6" w:rsidRPr="00084F17" w:rsidRDefault="00E25DC6" w:rsidP="00283D42">
+          <w:p w14:paraId="7C4E2424" w14:textId="77777777" w:rsidR="00ED7FFC" w:rsidRPr="00084F17" w:rsidRDefault="00ED7FFC" w:rsidP="00ED7FFC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t xml:space="preserve">TRƯỜNG </w:t>
             </w:r>
             <w:r w:rsidRPr="0054773B">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">ĐẠI HỌC </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>SƯ PHẠM</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FDA0D2B" w14:textId="63449BFB" w:rsidR="00E25DC6" w:rsidRPr="007672BF" w:rsidRDefault="00FD4339" w:rsidP="008C326F">
+          <w:p w14:paraId="5FDA0D2B" w14:textId="5CCD7A1A" w:rsidR="00ED7FFC" w:rsidRPr="0019540B" w:rsidRDefault="00ED7FFC" w:rsidP="00ED7FFC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
-              <w:ind w:left="-247" w:right="-144"/>
+              <w:ind w:left="-247" w:right="-103"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007672BF">
+            <w:r w:rsidRPr="005269BB">
               <w:rPr>
                 <w:b/>
+                <w:w w:val="80"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>PHÒNG QUẢN LÝ NGƯỜI HỌC – THƯ VIỆN</w:t>
+              <w:t>PHÒNG QUẢN LÝ NGƯỜI HỌC–THƯ VIỆN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5519" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4B38098E" w14:textId="77777777" w:rsidR="00E25DC6" w:rsidRPr="008A4FB8" w:rsidRDefault="00E25DC6" w:rsidP="00283D42">
+          <w:p w14:paraId="07773AF3" w14:textId="77777777" w:rsidR="00ED7FFC" w:rsidRPr="008A4FB8" w:rsidRDefault="00ED7FFC" w:rsidP="00ED7FFC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A4FB8">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>CỘNG HOÀ XÃ HỘI CHỦ NGHĨA VIỆT NAM</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3FD36BBF" w14:textId="77777777" w:rsidR="00E25DC6" w:rsidRPr="007672BF" w:rsidRDefault="00E25DC6" w:rsidP="00283D42">
+          <w:p w14:paraId="3FD36BBF" w14:textId="041D2006" w:rsidR="00ED7FFC" w:rsidRPr="007672BF" w:rsidRDefault="00ED7FFC" w:rsidP="00ED7FFC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007672BF">
+            <w:r w:rsidRPr="00190A3D">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12BC6246" wp14:editId="6012E3DB">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C622BF1" wp14:editId="0D3CAB60">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>821055</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>213360</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1767840" cy="0"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="3" name="Straight Connector 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr>
                               <a:cxnSpLocks noChangeShapeType="1"/>
                             </wps:cNvCnPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1767840" cy="0"/>
                               </a:xfrm>
@@ -185,105 +184,105 @@
                                 <a:round/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a:ln>
                               <a:extLst>
                                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                   <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                     <a:noFill/>
                                   </a14:hiddenFill>
                                 </a:ext>
                               </a:extLst>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml">
+                <mc:Fallback>
                   <w:pict>
-                    <v:line w14:anchorId="389BFD17" id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="64.65pt,16.8pt" to="203.85pt,16.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDulqs+ygEAAHcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817Kd5lHBcg5O00va&#10;GnD6AWuSkohSXGJJW/bfd8nYTtreiupAcF/DndnV4v4wOLE3FC36Rs4mUymMV6it7xr54/nxw50U&#10;MYHX4NCbRh5NlPfL9+8WY6jNHHt02pBgEB/rMTSyTynUVRVVbwaIEwzGc7BFGiCxSV2lCUZGH1w1&#10;n05vqhFJB0JlYmTvw0tQLgt+2xqVvrdtNEm4RnJvqZxUzm0+q+UC6o4g9Fad2oB/6GIA6/nRC9QD&#10;JBA7sn9BDVYRRmzTROFQYdtaZQoHZjOb/sFm00MwhQuLE8NFpvj/YNW3/ZqE1Y28ksLDwCPaJALb&#10;9Ums0HsWEElcZZ3GEGtOX/k1Zabq4DfhCdXPKDyuevCdKf0+HwODzHJF9VtJNmLg17bjV9ScA7uE&#10;RbRDS0OGZDnEoczmeJmNOSSh2Dm7vbm9+8gjVOdYBfW5MFBMXwwOIl8a6azPskEN+6eYciNQn1Oy&#10;2+Ojda6M3nkxNvLT9fy6FER0VudgTovUbVeOxB7y8pSvsOLI2zTCndcFrDegP5/uCax7ufPjzp/E&#10;yPxflNyiPq7pLBJPt3R52sS8Pm/tUv36vyx/AQAA//8DAFBLAwQUAAYACAAAACEAaAEexdwAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkLhNLaNEGpemEgN64bIC4eq1pKxqn&#10;a7Kt8PQYcYDjb3/6/TlfTa5XBxpD59nC5dyAIq583XFj4eW5vLgGFSJyjb1nsvBJAVbF6UmOWe2P&#10;vKbDJjZKSjhkaKGNcci0DlVLDsPcD8Sye/ejwyhxbHQ94lHKXa8TYxbaYcdyocWB7luqPjZ7ZyGU&#10;r7Qrv2bVzLyljadk9/D0iNaen013t6AiTfEPhh99UYdCnLZ+z3VQveTkJhXUQpouQAlwZZZLUNvf&#10;gS5y/f+D4hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDulqs+ygEAAHcDAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBoAR7F3AAAAAkBAAAPAAAA&#10;AAAAAAAAAAAAACQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAALQUAAAAA&#10;"/>
+                    <v:line w14:anchorId="3AC68A58" id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="64.65pt,16.8pt" to="203.85pt,16.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJGdbpHQIAADYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyQQWIgIqyqBXrZd&#10;JLY/wNgOserYlm0IqOp/79h8iG0vVdUcnLFn5vnNm/Hi+dRJdOTWCa1KnA1TjLiimgm1L/G3t/Vg&#10;hpHzRDEiteIlPnOHn5cfPyx6U/CRbrVk3CIAUa7oTYlb702RJI62vCNuqA1X4Gy07YiHrd0nzJIe&#10;0DuZjNJ0mvTaMmM15c7BaX1x4mXEbxpO/WvTOO6RLDFw83G1cd2FNVkuSLG3xLSCXmmQf2DREaHg&#10;0jtUTTxBByv+gOoEtdrpxg+p7hLdNILyWANUk6W/VbNtieGxFhDHmbtM7v/B0q/HjUWClXiMkSId&#10;tGjrLRH71qNKKwUCaovGQafeuALCK7WxoVJ6Ulvzoul3h5SuWqL2PPJ9OxsAyUJG8i4lbJyB23b9&#10;F80ghhy8jqKdGtsFSJADnWJvzvfe8JNHFA6zp+nTLIcW0psvIcUt0VjnP3PdoWCUWAoVZCMFOb44&#10;H4iQ4hYSjpVeCylj66VCfYnnk9EkJjgtBQvOEObsfldJi44kDE/8YlXgeQyz+qBYBGs5Yaur7YmQ&#10;FxsulyrgQSlA52pdpuPHPJ2vZqtZPshH09UgT+t68Gld5YPpOnua1OO6qursZ6CW5UUrGOMqsLtN&#10;apb/3SRc38xlxu6zepcheY8e9QKyt38kHXsZ2ncZhJ1m54299RiGMwZfH1KY/sc92I/PffkLAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBoAR7F3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCQuE0to0Qal6YSA3rhsgLh6rWkrGqdrsq3w9BhxgONvf/r9OV9NrlcHGkPn2cLl3IAirnzd&#10;cWPh5bm8uAYVInKNvWey8EkBVsXpSY5Z7Y+8psMmNkpKOGRooY1xyLQOVUsOw9wPxLJ796PDKHFs&#10;dD3iUcpdrxNjFtphx3KhxYHuW6o+NntnIZSvtCu/ZtXMvKWNp2T38PSI1p6fTXe3oCJN8Q+GH31R&#10;h0Kctn7PdVC95OQmFdRCmi5ACXBllktQ29+BLnL9/4PiGwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAMkZ1ukdAgAANgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAGgBHsXcAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="007672BF">
+            <w:r w:rsidRPr="00190A3D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Độc lập - Tự do - Hạnh phúc</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E25DC6" w:rsidRPr="0054773B" w14:paraId="5CDC83E2" w14:textId="77777777" w:rsidTr="0041712E">
+      <w:tr w:rsidR="00E25DC6" w:rsidRPr="0054773B" w14:paraId="5CDC83E2" w14:textId="77777777" w:rsidTr="00ED7FFC">
         <w:trPr>
           <w:trHeight w:val="533"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2748CFB2" w14:textId="7A84EB23" w:rsidR="00E25DC6" w:rsidRPr="007672BF" w:rsidRDefault="00FD4339" w:rsidP="00CD7FDC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="462"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672BF">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F9967A7" wp14:editId="50D0CF3F">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F9967A7" wp14:editId="4CFF1626">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>666750</wp:posOffset>
+                        <wp:posOffset>933450</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>19685</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1076325" cy="0"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="4" name="Straight Connector 4"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr>
                               <a:cxnSpLocks noChangeShapeType="1"/>
                             </wps:cNvCnPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1076325" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
@@ -297,51 +296,51 @@
                                 <a:tailEnd/>
                               </a:ln>
                               <a:extLst>
                                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                   <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                     <a:noFill/>
                                   </a14:hiddenFill>
                                 </a:ext>
                               </a:extLst>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:line w14:anchorId="70E97481" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="52.5pt,1.55pt" to="137.25pt,1.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUhEiNGwIAADYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcE9tZJ5tYcVaVnfSy&#10;bSNl+wMIYBsVAwISJ6r63zuQD+1uL1VVH/AMMzzezDyWT6deoiO3TmhV4mycYsQV1UyotsTfXzaj&#10;OUbOE8WI1IqX+Mwdflp9/LAcTMEnutOScYsARLliMCXuvDdFkjja8Z64sTZcQbDRticeXNsmzJIB&#10;0HuZTNJ0lgzaMmM15c7Bbn0J4lXEbxpO/bemcdwjWWLg5uNq47oPa7JakqK1xHSCXmmQf2DRE6Hg&#10;0jtUTTxBByv+gOoFtdrpxo+p7hPdNILyWANUk6Xvqtl1xPBYCzTHmXub3P+DpV+PW4sEK3GOkSI9&#10;jGjnLRFt51GllYIGaovy0KfBuALSK7W1oVJ6UjvzrOkPh5SuOqJaHvm+nA2AZOFE8uZIcJyB2/bD&#10;F80ghxy8jk07NbYPkNAOdIqzOd9nw08eUdjM0sfZw2SKEb3FElLcDhrr/GeuexSMEkuhQttIQY7P&#10;zgcipLilhG2lN0LKOHqp0FDixRSQQ8RpKVgIRse2+0padCRBPPGLVb1Ls/qgWATrOGHrq+2JkBcb&#10;Lpcq4EEpQOdqXdTxc5Eu1vP1PB/lk9l6lKd1Pfq0qfLRbJM9TuuHuqrq7FegluVFJxjjKrC7KTXL&#10;/04J1zdz0dhdq/c2JG/RY7+A7O0fScdZhvFdhLDX7Ly1txmDOGPy9SEF9b/2wX793Fe/AQAA//8D&#10;AFBLAwQUAAYACAAAACEAHPw3UNsAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VIXKrWbkoLCnEqBOTGpQXEdZssSUS8TmO3DXw9Cxc4Ps1q5m22Hl2njjSE1rOF+cyAIi591XJt&#10;4eW5mN6AChG5ws4zWfikAOv8/CzDtPIn3tBxG2slJRxStNDE2Kdah7Ihh2Hme2LJ3v3gMAoOta4G&#10;PEm563RizEo7bFkWGuzpvqHyY3twFkLxSvvia1JOzNui9pTsH54e0drLi/HuFlSkMf4dw4++qEMu&#10;Tjt/4CqoTtgs5ZdoYTEHJXlyfbUEtftlnWf6v3/+DQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhABSESI0bAgAANgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhABz8N1DbAAAABwEAAA8AAAAAAAAAAAAAAAAAdQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;"/>
+                    <v:line w14:anchorId="3EC35671" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="73.5pt,1.55pt" to="158.25pt,1.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUhEiNGwIAADYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcE9tZJ5tYcVaVnfSy&#10;bSNl+wMIYBsVAwISJ6r63zuQD+1uL1VVH/AMMzzezDyWT6deoiO3TmhV4mycYsQV1UyotsTfXzaj&#10;OUbOE8WI1IqX+Mwdflp9/LAcTMEnutOScYsARLliMCXuvDdFkjja8Z64sTZcQbDRticeXNsmzJIB&#10;0HuZTNJ0lgzaMmM15c7Bbn0J4lXEbxpO/bemcdwjWWLg5uNq47oPa7JakqK1xHSCXmmQf2DRE6Hg&#10;0jtUTTxBByv+gOoFtdrpxo+p7hPdNILyWANUk6Xvqtl1xPBYCzTHmXub3P+DpV+PW4sEK3GOkSI9&#10;jGjnLRFt51GllYIGaovy0KfBuALSK7W1oVJ6UjvzrOkPh5SuOqJaHvm+nA2AZOFE8uZIcJyB2/bD&#10;F80ghxy8jk07NbYPkNAOdIqzOd9nw08eUdjM0sfZw2SKEb3FElLcDhrr/GeuexSMEkuhQttIQY7P&#10;zgcipLilhG2lN0LKOHqp0FDixRSQQ8RpKVgIRse2+0padCRBPPGLVb1Ls/qgWATrOGHrq+2JkBcb&#10;Lpcq4EEpQOdqXdTxc5Eu1vP1PB/lk9l6lKd1Pfq0qfLRbJM9TuuHuqrq7FegluVFJxjjKrC7KTXL&#10;/04J1zdz0dhdq/c2JG/RY7+A7O0fScdZhvFdhLDX7Ly1txmDOGPy9SEF9b/2wX793Fe/AQAA//8D&#10;AFBLAwQUAAYACAAAACEAihETzdsAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VIXCrqpIGCQpwKAblxaQFx3cZLEhGv09htA1/PwgWOT7OaeVusJterA42h82wgnSegiGtvO24M&#10;vDxXFzegQkS22HsmA58UYFWenhSYW3/kNR02sVFSwiFHA22MQ651qFtyGOZ+IJbs3Y8Oo+DYaDvi&#10;UcpdrxdJstQOO5aFFge6b6n+2OydgVC90q76mtWz5C1rPC12D0+PaMz52XR3CyrSFP+O4Udf1KEU&#10;p63fsw2qF768ll+igSwFJXmWLq9AbX9Zl4X+719+AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhABSESI0bAgAANgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAIoRE83bAAAABwEAAA8AAAAAAAAAAAAAAAAAdQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="007672BF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Số:      /</w:t>
             </w:r>
             <w:r w:rsidRPr="007672BF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>GXN</w:t>
             </w:r>
             <w:r w:rsidR="007C7C49" w:rsidRPr="007672BF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>LV</w:t>
@@ -505,51 +504,60 @@
         <w:t>…….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C99E719" w14:textId="49C4328F" w:rsidR="00935928" w:rsidRPr="007672BF" w:rsidRDefault="00935928" w:rsidP="00047584">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007672BF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Đơn</w:t>
       </w:r>
       <w:r w:rsidR="00A1569E" w:rsidRPr="007672BF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vị (khoa chuyên môn)</w:t>
+        <w:t xml:space="preserve"> vị (khoa c</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00A1569E" w:rsidRPr="007672BF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>huyên môn)</w:t>
       </w:r>
       <w:r w:rsidR="00082055" w:rsidRPr="007672BF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00550C32" w:rsidRPr="007672BF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>........</w:t>
       </w:r>
       <w:r w:rsidRPr="007672BF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="000710EF" w:rsidRPr="007672BF">
         <w:rPr>
           <w:sz w:val="28"/>
@@ -718,51 +726,51 @@
         <w:t>Mã số:</w:t>
       </w:r>
       <w:r w:rsidRPr="007672BF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>………………</w:t>
       </w:r>
       <w:r w:rsidR="00444559" w:rsidRPr="007672BF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
       <w:r w:rsidR="00E9519D" w:rsidRPr="007672BF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>.....</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A8CF481" w14:textId="4B823CA2" w:rsidR="00550C32" w:rsidRPr="007672BF" w:rsidRDefault="00550C32" w:rsidP="00047584">
+    <w:p w14:paraId="5A8CF481" w14:textId="07B1B1AF" w:rsidR="00550C32" w:rsidRPr="007672BF" w:rsidRDefault="00550C32" w:rsidP="00047584">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk65763265"/>
       <w:r w:rsidRPr="007672BF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Đã nộp luận </w:t>
       </w:r>
       <w:r w:rsidR="00291C04" w:rsidRPr="007672BF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>án/luận văn</w:t>
       </w:r>
@@ -816,90 +824,58 @@
       <w:r w:rsidR="00653D58" w:rsidRPr="007672BF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk65763283"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="00653D58" w:rsidRPr="007672BF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A8"/>
       </w:r>
       <w:r w:rsidR="00E065A2" w:rsidRPr="007672BF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00E065A2" w:rsidRPr="007672BF">
+      <w:r w:rsidR="0019540B" w:rsidRPr="0019540B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>bản tóm tắt</w:t>
-[...31 lines deleted...]
-        <w:t>đĩa CD</w:t>
+        <w:t>bản mềm</w:t>
       </w:r>
       <w:r w:rsidR="00653D58" w:rsidRPr="007672BF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00653D58" w:rsidRPr="007672BF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A8"/>
       </w:r>
       <w:r w:rsidR="00362B1C" w:rsidRPr="007672BF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> tại </w:t>
       </w:r>
@@ -1500,58 +1476,58 @@
       <w:r w:rsidRPr="00EE4BE6">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> đồng ý cho Trường Đại học Sư phạm-Đại học Đà Nẵng công bố bản điện tử của luận văn trên website của Thư viện</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4BE6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EE4BE6" w:rsidSect="003479B9">
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5BE66B5B" w14:textId="77777777" w:rsidR="00DC602D" w:rsidRDefault="00DC602D" w:rsidP="00E065A2">
+    <w:p w14:paraId="1F60C48B" w14:textId="77777777" w:rsidR="0068460F" w:rsidRDefault="0068460F" w:rsidP="00E065A2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E69BDD7" w14:textId="77777777" w:rsidR="00DC602D" w:rsidRDefault="00DC602D" w:rsidP="00E065A2">
+    <w:p w14:paraId="423758B0" w14:textId="77777777" w:rsidR="0068460F" w:rsidRDefault="0068460F" w:rsidP="00E065A2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
@@ -1662,146 +1638,151 @@
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r w:rsidRPr="00047584">
       <w:rPr>
         <w:color w:val="000000"/>
         <w:w w:val="108"/>
         <w:lang w:val="vi-VN"/>
       </w:rPr>
       <w:t xml:space="preserve"> 0</w:t>
     </w:r>
     <w:r w:rsidR="00DD20CA">
       <w:rPr>
         <w:color w:val="000000"/>
         <w:w w:val="108"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F9B36BF" w14:textId="77777777" w:rsidR="00DC602D" w:rsidRDefault="00DC602D" w:rsidP="00E065A2">
+    <w:p w14:paraId="7EEE0175" w14:textId="77777777" w:rsidR="0068460F" w:rsidRDefault="0068460F" w:rsidP="00E065A2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28415F7C" w14:textId="77777777" w:rsidR="00DC602D" w:rsidRDefault="00DC602D" w:rsidP="00E065A2">
+    <w:p w14:paraId="19A11E3C" w14:textId="77777777" w:rsidR="0068460F" w:rsidRDefault="0068460F" w:rsidP="00E065A2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00935928"/>
+    <w:rsid w:val="00006343"/>
     <w:rsid w:val="0000727A"/>
     <w:rsid w:val="00047584"/>
     <w:rsid w:val="00050F08"/>
     <w:rsid w:val="000522AE"/>
     <w:rsid w:val="000710EF"/>
     <w:rsid w:val="00082055"/>
     <w:rsid w:val="000E4A06"/>
     <w:rsid w:val="0016193F"/>
     <w:rsid w:val="00187C70"/>
+    <w:rsid w:val="0019540B"/>
     <w:rsid w:val="001F175D"/>
     <w:rsid w:val="00222585"/>
     <w:rsid w:val="00225E14"/>
     <w:rsid w:val="00291C04"/>
     <w:rsid w:val="003479B9"/>
     <w:rsid w:val="00362B1C"/>
     <w:rsid w:val="0041712E"/>
     <w:rsid w:val="00426933"/>
     <w:rsid w:val="004407CD"/>
     <w:rsid w:val="00444559"/>
     <w:rsid w:val="004B721C"/>
     <w:rsid w:val="00503F09"/>
     <w:rsid w:val="00550C32"/>
     <w:rsid w:val="00564A4E"/>
     <w:rsid w:val="005850FA"/>
     <w:rsid w:val="005A40B2"/>
     <w:rsid w:val="00630036"/>
     <w:rsid w:val="00653D58"/>
     <w:rsid w:val="00677476"/>
+    <w:rsid w:val="0068460F"/>
     <w:rsid w:val="006B0058"/>
     <w:rsid w:val="00716A1D"/>
     <w:rsid w:val="0075416A"/>
     <w:rsid w:val="007672BF"/>
     <w:rsid w:val="007C7C49"/>
     <w:rsid w:val="007E5129"/>
     <w:rsid w:val="007F1038"/>
+    <w:rsid w:val="008275E7"/>
     <w:rsid w:val="00860F29"/>
     <w:rsid w:val="00870B6D"/>
     <w:rsid w:val="008C326F"/>
     <w:rsid w:val="008C349C"/>
     <w:rsid w:val="00935928"/>
     <w:rsid w:val="00953896"/>
     <w:rsid w:val="0096484C"/>
     <w:rsid w:val="00A1569E"/>
     <w:rsid w:val="00A4222A"/>
     <w:rsid w:val="00AB3802"/>
     <w:rsid w:val="00B13C19"/>
     <w:rsid w:val="00B75C62"/>
     <w:rsid w:val="00B93CEC"/>
     <w:rsid w:val="00CD7FDC"/>
     <w:rsid w:val="00D44B1C"/>
     <w:rsid w:val="00DC602D"/>
     <w:rsid w:val="00DD20CA"/>
     <w:rsid w:val="00E065A2"/>
     <w:rsid w:val="00E25DC6"/>
     <w:rsid w:val="00E54223"/>
     <w:rsid w:val="00E9519D"/>
     <w:rsid w:val="00EA3BB9"/>
+    <w:rsid w:val="00ED7FFC"/>
     <w:rsid w:val="00EE4BE6"/>
     <w:rsid w:val="00F047D6"/>
     <w:rsid w:val="00F3474C"/>
     <w:rsid w:val="00F45D1E"/>
     <w:rsid w:val="00F81A49"/>
     <w:rsid w:val="00FA4307"/>
     <w:rsid w:val="00FD4339"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -2673,66 +2654,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>211</Words>
-  <Characters>1205</Characters>
+  <Words>208</Words>
+  <Characters>1192</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1414</CharactersWithSpaces>
+  <CharactersWithSpaces>1398</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Windows User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>